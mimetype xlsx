--- v1 (2026-01-09)
+++ v2 (2026-03-29)
@@ -12,95 +12,158 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
   </si>
   <si>
-    <t>009/2024</t>
+    <t>005/2026</t>
+  </si>
+  <si>
+    <t>GABINETE DA PRESIDÊNCIA
+Contratação de empresa especializada para a locaçã...</t>
+  </si>
+  <si>
+    <t>M. DA S. MESQUITA SERVIÇOS E TECNOLOGIA
+16.799.630/0001-08</t>
+  </si>
+  <si>
+    <t>23/01/2026
+60.000,00</t>
+  </si>
+  <si>
+    <t>23/01/2026 a 23/01/2027</t>
+  </si>
+  <si>
+    <t>004/2026</t>
+  </si>
+  <si>
+    <t>GABINETE DA PRESIDÊNCIA
+Contratação de empresa especializada para a implan...</t>
+  </si>
+  <si>
+    <t>006/2026</t>
+  </si>
+  <si>
+    <t>GABINETE DA PRESIDÊNCIA
+Contratação de empresa especializada no fornecimen...</t>
+  </si>
+  <si>
+    <t>AUTO POSTO VILA NOVA DOS MARTÍRIOS LTDA
+11876397000104</t>
+  </si>
+  <si>
+    <t>12/02/2026
+40.680,00</t>
+  </si>
+  <si>
+    <t>12/02/2026 a 31/12/2026</t>
+  </si>
+  <si>
+    <t>003/2026</t>
   </si>
   <si>
     <t>GABINETE DA PRESIDÊNCIA
 Contratação de empresa especializada na prestação...</t>
   </si>
   <si>
     <t>METTA SOFTWARES LTDA
 49.171.207/0001-18</t>
   </si>
   <si>
+    <t>22/01/2026
+64.800,00</t>
+  </si>
+  <si>
+    <t>22/01/2026 a 22/01/2027</t>
+  </si>
+  <si>
+    <t>002/2026</t>
+  </si>
+  <si>
+    <t>22/01/2026
+64.200,00</t>
+  </si>
+  <si>
+    <t>001/2026</t>
+  </si>
+  <si>
+    <t>GABINETE DA PRESIDÊNCIA
+Contratação de empresa espacializada na prestação...</t>
+  </si>
+  <si>
+    <t>009/2024</t>
+  </si>
+  <si>
     <t>20/12/2024
 57.000,00</t>
   </si>
   <si>
     <t>20/12/2024 a 20/12/2025</t>
   </si>
   <si>
     <t>008/2024</t>
   </si>
   <si>
-    <t>M. DA S. MESQUITA SERVIÇOS E TECNOLOGIA
-[...2 lines deleted...]
-  <si>
     <t>20/12/2024
 56.400,00</t>
   </si>
   <si>
     <t>007/2024</t>
   </si>
   <si>
     <t>12/01/2025
 55.200,00</t>
   </si>
   <si>
     <t>12/01/2025 a 12/01/2026</t>
   </si>
   <si>
     <t>005/2025</t>
   </si>
   <si>
     <t>GABINETE DA PRESIDÊNCIA
 Contratação de pessoa jurídica especializada na pr...</t>
   </si>
   <si>
     <t>FERNANDO GRAGNANIN SOCIEDADE INDIVIDUAL DE ADVOCACIA
 35.700.981/0001-64</t>
   </si>
   <si>
@@ -110,54 +173,50 @@
   <si>
     <t>16/04/2025 a 16/04/2026</t>
   </si>
   <si>
     <t>007/2025</t>
   </si>
   <si>
     <t>GABINETE DA PRESIDÊNCIA
 Contratação de empresa especializada para a presta...</t>
   </si>
   <si>
     <t>HDLIMA EMPREENDIMENTOS E SERVIÇOS LTDA
 49.425.072/0001-70</t>
   </si>
   <si>
     <t>15/05/2025
 109.703,26</t>
   </si>
   <si>
     <t>15/05/2025 a 15/05/2026</t>
   </si>
   <si>
     <t>006/2025</t>
   </si>
   <si>
-    <t>GABINETE DA PRESIDÊNCIA
-[...2 lines deleted...]
-  <si>
     <t>LAGO COMÉRCIO E SERVIÇO EIRELI
 23.429.390/0001-15</t>
   </si>
   <si>
     <t>25/04/2025
 52.165,28</t>
   </si>
   <si>
     <t>25/04/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>012/2023</t>
   </si>
   <si>
     <t>GABINETE DA PRESIDÊNCIA
 Contratação de empresa para prestação de serviços...</t>
   </si>
   <si>
     <t>DANUZE NUNES SOCIEDADE INDIVIDUAL DE ADVOCACIA
 49.756.602/0001-62</t>
   </si>
   <si>
     <t>02/08/2024
 60.000,00</t>
   </si>
@@ -244,192 +303,199 @@
     <t>07/12/2023
 37.135,74</t>
   </si>
   <si>
     <t>003/2023</t>
   </si>
   <si>
     <t>GABINETE DA PRESIDÊNCIA
 Aquisição de material de expediente para atender à...</t>
   </si>
   <si>
     <t>07/12/2023
 31.245,25</t>
   </si>
   <si>
     <t>002/2023</t>
   </si>
   <si>
     <t>09/04/2024
 57.000,00</t>
   </si>
   <si>
     <t>10/04/2024 a 10/04/2025</t>
   </si>
   <si>
+    <t>006/2023</t>
+  </si>
+  <si>
+    <t>PREMIER VIDEO COMUNICAÇÃO EIRELI
+09.611.689/0001-65</t>
+  </si>
+  <si>
+    <t>02/02/2024
+59.370,00</t>
+  </si>
+  <si>
+    <t>005/2024</t>
+  </si>
+  <si>
+    <t>GABINETE DA PRESIDÊNCIA
+Prestação de serviços gráficos.</t>
+  </si>
+  <si>
+    <t>LAGO COMÉRCIO E SERVIÇOS LTDA.
+23.429.390/0001-15</t>
+  </si>
+  <si>
+    <t>04/06/2024
+54.999,50</t>
+  </si>
+  <si>
+    <t>04/06/2024 a 04/06/2025</t>
+  </si>
+  <si>
+    <t>004/2024</t>
+  </si>
+  <si>
+    <t>GABINETE DA PRESIDÊNCIA
+Aquisição de material de limpeza..</t>
+  </si>
+  <si>
+    <t>GDS COMERCIO DE PRODUTOS ALIMENTICIOS E SERVIÇOS LTDA.
+31.701.482/0001-30</t>
+  </si>
+  <si>
+    <t>11/04/2024
+35.172,70</t>
+  </si>
+  <si>
+    <t>11/04/2024 a 11/04/2025</t>
+  </si>
+  <si>
+    <t>003/2024</t>
+  </si>
+  <si>
+    <t>GABINETE DA PRESIDÊNCIA
+Aquisição de material de expediente</t>
+  </si>
+  <si>
+    <t>11/04/2024
+32.552,32</t>
+  </si>
+  <si>
+    <t>002/2024</t>
+  </si>
+  <si>
+    <t>GABINETE DA PRESIDÊNCIA
+Aquisição de gêneros alimentícios.</t>
+  </si>
+  <si>
+    <t>11/04/2024
+15.927,70</t>
+  </si>
+  <si>
+    <t>001/2024</t>
+  </si>
+  <si>
+    <t>PREMIER VIDEO COMUNICAÇÃO LTDA
+09.611.689/0001-65</t>
+  </si>
+  <si>
+    <t>11/04/2024
+56.445,00</t>
+  </si>
+  <si>
+    <t>04/08/2023
+144.400,00</t>
+  </si>
+  <si>
+    <t>04/08/2023 a 04/08/2024</t>
+  </si>
+  <si>
+    <t>013/2023</t>
+  </si>
+  <si>
+    <t>LAGO COMÉRCIO E SERVIÇOS LTDA
+23.429.390/0001-15</t>
+  </si>
+  <si>
+    <t>16/10/2023
+55.054,50</t>
+  </si>
+  <si>
+    <t>16/10/2023 a 16/10/2024</t>
+  </si>
+  <si>
+    <t>008/2023</t>
+  </si>
+  <si>
+    <t>OBRAMAX ENGEHARIA LTDA
+01.623.864/0001-22</t>
+  </si>
+  <si>
+    <t>26/06/2023
+17.000,00</t>
+  </si>
+  <si>
+    <t>26/06/2023 a 26/04/2024</t>
+  </si>
+  <si>
+    <t>GABINETE DA PRESIDÊNCIA
+Aquisição de Conbustivel (Gasolina comum), para at...</t>
+  </si>
+  <si>
+    <t>05/07/2023
+26.239,95</t>
+  </si>
+  <si>
+    <t>05/07/2023 a 05/07/2024</t>
+  </si>
+  <si>
     <t>001/2023</t>
   </si>
   <si>
     <t>GABINETE DA PRESIDÊNCIA
 Prestação de Serviço de assessoria contábil</t>
   </si>
   <si>
     <t>C M V BARROS
 20.893.250/0001-05</t>
   </si>
   <si>
     <t>07/03/2024
 100.000,00</t>
   </si>
   <si>
     <t>07/03/2024 a 08/01/2025</t>
   </si>
   <si>
-    <t>006/2023</t>
-[...122 lines deleted...]
-    <t>05/07/2023 a 05/07/2024</t>
+    <t>07/01/2026
+120.000,00</t>
+  </si>
+  <si>
+    <t>07/01/2026 a 07/01/2027</t>
   </si>
   <si>
     <t>007/2023</t>
   </si>
   <si>
     <t>GABINETE DA PRESIDÊNCIA
 Contratação de empresa para a prestação de serviço...</t>
   </si>
   <si>
     <t>23/06/2023
 16.500,00</t>
   </si>
   <si>
     <t>23/06/2023 a 31/12/2023</t>
   </si>
   <si>
     <t>GABINETE DA PRESIDÊNCIA
 Prestação de Serviços de Solução de backup em nuve...</t>
   </si>
   <si>
     <t>29/06/2023
 55.200,00</t>
   </si>
   <si>
     <t>29/06/2023 a 29/06/2024</t>
@@ -1094,1081 +1160,1221 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F52"/>
+  <dimension ref="A1:F59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E52" sqref="E52"/>
+      <selection activeCell="E59" sqref="E59"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="B4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C4" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F4" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>50</v>
+        <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="B6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" t="s">
         <v>22</v>
-      </c>
-[...10 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="B7" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F7" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F8" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="B9" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>39</v>
+        <v>8</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="F9" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="B10" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>43</v>
+        <v>8</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>44</v>
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="B11" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="F11" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
+        <v>49</v>
+      </c>
+      <c r="B12" t="s">
+        <v>40</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E12" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="B12" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="B13" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>55</v>
+        <v>47</v>
+      </c>
+      <c r="F13" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="B14" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>58</v>
+        <v>52</v>
+      </c>
+      <c r="F14" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B15" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>61</v>
+        <v>57</v>
+      </c>
+      <c r="F15" t="s">
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="B16" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>61</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="B17" t="s">
+        <v>62</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="F17" t="s">
         <v>65</v>
-      </c>
-[...10 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="B18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>7</v>
+        <v>67</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>71</v>
+        <v>8</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
+      </c>
+      <c r="F18" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>72</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B20" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="B21" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>78</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B22" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>87</v>
+        <v>50</v>
       </c>
       <c r="D22" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="E22" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F22" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="B23" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="B24" t="s">
-        <v>32</v>
+        <v>85</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>33</v>
+        <v>86</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>34</v>
+        <v>87</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="F24" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B25" t="s">
+        <v>90</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="F25" t="s">
         <v>94</v>
-      </c>
-[...10 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="B26" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="F26" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="B27" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>43</v>
+        <v>92</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="F27" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="B28" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>106</v>
+        <v>19</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>102</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="F28" t="s">
-        <v>108</v>
+        <v>94</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B29" t="s">
         <v>49</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>109</v>
+        <v>50</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="F29" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B30" t="s">
-        <v>45</v>
+        <v>106</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>112</v>
+        <v>50</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>107</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="F30" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B31" t="s">
-        <v>70</v>
+        <v>110</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>114</v>
+        <v>50</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>71</v>
+        <v>111</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="F31" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B32" t="s">
-        <v>117</v>
+        <v>59</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>119</v>
+        <v>60</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F32" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="B33" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="F33" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B34" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="F34" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="B35" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>129</v>
+        <v>8</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="F35" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="B36" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>67</v>
+        <v>8</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="F36" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B37" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>54</v>
+        <v>8</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="F37" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="B38" t="s">
-        <v>56</v>
+        <v>82</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="F38" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B39" t="s">
-        <v>59</v>
+        <v>136</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>54</v>
+        <v>138</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="F39" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="B40" t="s">
-        <v>62</v>
+        <v>141</v>
       </c>
       <c r="C40" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="F40" t="s">
         <v>145</v>
-      </c>
-[...7 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="B41" t="s">
+        <v>146</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D41" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="E41" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="D41" s="1" t="s">
+      <c r="F41" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B42" t="s">
+        <v>151</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="F42" t="s">
         <v>153</v>
-      </c>
-[...10 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="B43" t="s">
-        <v>158</v>
+        <v>117</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>160</v>
+        <v>119</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="F43" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="B44" t="s">
-        <v>163</v>
+        <v>69</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>165</v>
+        <v>71</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="F44" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B45" t="s">
-        <v>168</v>
+        <v>73</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>170</v>
+        <v>71</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="F45" t="s">
-        <v>172</v>
+        <v>159</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="B46" t="s">
-        <v>173</v>
+        <v>76</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>175</v>
+        <v>71</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>176</v>
+        <v>163</v>
       </c>
       <c r="F46" t="s">
-        <v>177</v>
+        <v>159</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="B47" t="s">
-        <v>178</v>
+        <v>79</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>179</v>
+        <v>20</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>180</v>
+        <v>165</v>
       </c>
       <c r="F47" t="s">
-        <v>181</v>
+        <v>166</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="B48" t="s">
-        <v>182</v>
+        <v>167</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>183</v>
+        <v>168</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>184</v>
+        <v>169</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>185</v>
+        <v>170</v>
       </c>
       <c r="F48" t="s">
-        <v>186</v>
+        <v>171</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B49" t="s">
-        <v>187</v>
+        <v>172</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>188</v>
+        <v>173</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>189</v>
+        <v>174</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>190</v>
+        <v>175</v>
       </c>
       <c r="F49" t="s">
-        <v>191</v>
+        <v>176</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="B50" t="s">
-        <v>192</v>
+        <v>177</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>193</v>
+        <v>178</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>194</v>
+        <v>180</v>
       </c>
       <c r="F50" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="B51" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>193</v>
+        <v>183</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>196</v>
+        <v>185</v>
       </c>
       <c r="F51" t="s">
-        <v>197</v>
+        <v>186</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
+        <v>8</v>
+      </c>
+      <c r="B52" t="s">
+        <v>187</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="F52" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53">
+        <v>7</v>
+      </c>
+      <c r="B53" t="s">
+        <v>192</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="F53" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54">
+        <v>6</v>
+      </c>
+      <c r="B54" t="s">
+        <v>197</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="F54" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55">
+        <v>5</v>
+      </c>
+      <c r="B55" t="s">
+        <v>201</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="F55" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56">
+        <v>4</v>
+      </c>
+      <c r="B56" t="s">
+        <v>206</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="E56" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="F56" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57">
+        <v>3</v>
+      </c>
+      <c r="B57" t="s">
+        <v>211</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="F57" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58">
+        <v>2</v>
+      </c>
+      <c r="B58" t="s">
+        <v>214</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="F58" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="A59">
         <v>1</v>
       </c>
-      <c r="B52" t="s">
-[...12 lines deleted...]
-        <v>201</v>
+      <c r="B59" t="s">
+        <v>217</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="F59" t="s">
+        <v>220</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">